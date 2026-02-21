--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5da7b2376a24008" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676f151e51ec4fa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R297a6489c0b74d02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5fac6ac4ada47b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R513653e3f27e4769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R297a6489c0b74d02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd88eb76a4adb4f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5fac6ac4ada47b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>3,092</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>