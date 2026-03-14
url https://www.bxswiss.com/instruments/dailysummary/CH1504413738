--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676f151e51ec4fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5689ad9f3f84616" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5fac6ac4ada47b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61fe2eb24c864107"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd88eb76a4adb4f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5fac6ac4ada47b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fd2f05937264d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61fe2eb24c864107" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2,684</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,524</x:t>
-[...38 lines deleted...]
-          <x:t>2,609</x:t>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,532</x:t>
-[...16 lines deleted...]
-          <x:t>2,572</x:t>
+          <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,551</x:t>
-[...48 lines deleted...]
-          <x:t>2,747</x:t>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,606</x:t>
-[...281 lines deleted...]
-          <x:t>2,611</x:t>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,481</x:t>
-[...193 lines deleted...]
-          <x:t>2,859</x:t>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>