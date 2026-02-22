--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6a4d7d6f82149de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc77f3581d334173" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00b6292fbc94bb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bcfbe69024344f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2961d9e07f449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00b6292fbc94bb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d70c3269e4f43c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bcfbe69024344f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>3,199</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>