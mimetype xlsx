--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc77f3581d334173" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aefd82210674280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bcfbe69024344f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc92c6075311544f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d70c3269e4f43c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bcfbe69024344f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae66979798ed4c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc92c6075311544f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>2,780</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,701</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>2,709</x:t>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,577</x:t>
-[...16 lines deleted...]
-          <x:t>2,727</x:t>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,607</x:t>
-[...166 lines deleted...]
-          <x:t>2,963</x:t>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>