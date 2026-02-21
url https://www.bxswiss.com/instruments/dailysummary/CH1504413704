--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd969672f249941d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0255d3034ce4067" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radfbe277de354085"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re253687b58bb4d54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22c2e6b854bd492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radfbe277de354085" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf91d78ec5c7e4750" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re253687b58bb4d54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413704</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>4,319</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,417</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>4,398</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,676</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4,769</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,107</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>5,694</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>