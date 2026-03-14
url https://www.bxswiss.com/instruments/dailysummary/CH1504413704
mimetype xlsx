--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0255d3034ce4067" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2146c99b85354126" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re253687b58bb4d54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c21122b69b54dcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf91d78ec5c7e4750" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re253687b58bb4d54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6c5ee02e15428d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c21122b69b54dcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413704</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,256</x:t>
-[...296 lines deleted...]
-          <x:t>5,211</x:t>
+          <x:t>5,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,105</x:t>
-[...38 lines deleted...]
-          <x:t>5,145</x:t>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,965</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>5,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,223</x:t>
-[...48 lines deleted...]
-          <x:t>5,177</x:t>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,491</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>5,405</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>