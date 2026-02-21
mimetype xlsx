--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6463705748e14f7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc119d8a63cb545ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9300e7a33aa044d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18d6ec8f9be4456b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f0fa6c757d4c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9300e7a33aa044d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d303757151545f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18d6ec8f9be4456b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>3,543</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,496</x:t>
-[...178 lines deleted...]
-          <x:t>4,636</x:t>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,611</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>