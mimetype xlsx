--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc119d8a63cb545ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re776aea78cf2437a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18d6ec8f9be4456b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fa3f2a6b3724fd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d303757151545f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18d6ec8f9be4456b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6080015525c94fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fa3f2a6b3724fd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>3,885</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,797</x:t>
-[...21 lines deleted...]
-          <x:t>4,167</x:t>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,057</x:t>
-[...156 lines deleted...]
-          <x:t>4,147</x:t>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>4,345</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>