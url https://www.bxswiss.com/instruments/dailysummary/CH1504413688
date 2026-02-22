--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fee9b3807274f61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4008414bd30428c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d59466aafe742fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16e649c61d464ae4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2496f65c4cc94cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d59466aafe742fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c551a27deb14b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16e649c61d464ae4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...200 lines deleted...]
-          <x:t>2,957</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,871</x:t>
-[...80 lines deleted...]
-          <x:t>3,308</x:t>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>