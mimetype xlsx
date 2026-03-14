--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4008414bd30428c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R110cdb44795044a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16e649c61d464ae4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb75c265112c04058"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c551a27deb14b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16e649c61d464ae4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f69d07d5aa34746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb75c265112c04058" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>2,767</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,745</x:t>
+          <x:t>2,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>2,245</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,483</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>3,069</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>