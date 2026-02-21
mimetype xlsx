--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00ae71c061df474b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98d1fa33d5b94bea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d71e153f4bb4f32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fa1b62189d0473d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52a5389dceb34017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d71e153f4bb4f32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f88a4eaba3242b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fa1b62189d0473d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413662</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...163 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,954</x:t>
-[...16 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,979</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>3,060</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...46 lines deleted...]
-          <x:t>3,419</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>