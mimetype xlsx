--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98d1fa33d5b94bea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re477b1e871de4898" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fa1b62189d0473d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07b75c98083f4c4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f88a4eaba3242b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fa1b62189d0473d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03b6b1b43faf42f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07b75c98083f4c4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413662</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>2,973</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,693</x:t>
-[...11 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,794</x:t>
-[...367 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,007</x:t>
-[...48 lines deleted...]
-          <x:t>2,931</x:t>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,803</x:t>
-[...166 lines deleted...]
-          <x:t>3,177</x:t>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>