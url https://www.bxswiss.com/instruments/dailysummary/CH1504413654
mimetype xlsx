--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeb5b2769a8044f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ae1f7c124d44008" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bd3cb4f6d384d1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0030af2105fc4dab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6810d353811f4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bd3cb4f6d384d1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R022b609577694370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0030af2105fc4dab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,471</x:t>
-[...522 lines deleted...]
-          <x:t>5,625</x:t>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>