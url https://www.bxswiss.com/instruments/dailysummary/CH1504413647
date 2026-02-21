--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e2b3de2ab614f2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd597c8215b5420c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8feff9d732924736"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33a9768db8c54ed6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R819ea741de1d49ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8feff9d732924736" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820bc4dd5c354938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33a9768db8c54ed6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>4,838</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>