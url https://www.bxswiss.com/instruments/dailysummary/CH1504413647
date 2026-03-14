--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd597c8215b5420c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R697f74989d064667" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33a9768db8c54ed6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2645703dde54699"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820bc4dd5c354938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33a9768db8c54ed6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d5312c0f57a4b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2645703dde54699" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,380</x:t>
-[...97 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,291</x:t>
-[...468 lines deleted...]
-          <x:t>4,567</x:t>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>