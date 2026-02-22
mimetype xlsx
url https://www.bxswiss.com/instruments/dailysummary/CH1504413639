--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re03a56cbd8634b44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b18286d6c184c0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e3fb08fa38e47eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d8c9f1824b466a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R495e319c093c4496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e3fb08fa38e47eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3346ea6a8c14d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d8c9f1824b466a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...190 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,084</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,171</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,165</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,339</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...46 lines deleted...]
-          <x:t>3,529</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>