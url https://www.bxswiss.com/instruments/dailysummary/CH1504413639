--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b18286d6c184c0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c951d8db8348b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d8c9f1824b466a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc74044c708a348b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3346ea6a8c14d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d8c9f1824b466a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R143ee686d01d426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc74044c708a348b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>2,972</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,948</x:t>
-[...70 lines deleted...]
-          <x:t>2,961</x:t>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,817</x:t>
-[...281 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,325</x:t>
-[...171 lines deleted...]
-          <x:t>3,287</x:t>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>