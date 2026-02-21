--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8e1bbc7ce2d4e7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddb5f0671870400b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46a90b3cd3bc439d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f66904df9134fec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d43440b440e41ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46a90b3cd3bc439d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra31c1eef54564c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f66904df9134fec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>3,644</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>