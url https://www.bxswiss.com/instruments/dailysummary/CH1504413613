--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddb5f0671870400b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2cc4790bd614eb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f66904df9134fec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c304fd2e0164685"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra31c1eef54564c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f66904df9134fec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d38d6fcd6f34664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c304fd2e0164685" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,121</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>23.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,199</x:t>
-[...70 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,130</x:t>
-[...286 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,435</x:t>
-[...171 lines deleted...]
-          <x:t>3,399</x:t>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>