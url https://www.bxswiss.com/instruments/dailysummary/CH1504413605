--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69786ed178db4af7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13b328d2b8324268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19dc97127bbd4172"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87f1328256e94a53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76c713a49a27430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19dc97127bbd4172" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8ca696deca240ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87f1328256e94a53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...168 lines deleted...]
-          <x:t>5,246</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,587</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>6,154</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>