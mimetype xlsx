--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13b328d2b8324268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ca9210d55274cb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87f1328256e94a53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa9e82fe1d64238"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8ca696deca240ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87f1328256e94a53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23794350fa6d474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa9e82fe1d64238" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,589</x:t>
-[...166 lines deleted...]
-          <x:t>5,321</x:t>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,483</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>4,866</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,379</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...339 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>5,849</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>