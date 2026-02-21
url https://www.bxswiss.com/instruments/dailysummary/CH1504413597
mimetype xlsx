--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8fdba7f8aea43d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aea0672c4f649c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81d4584fc4664922"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a418858dc724401"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re11051e79fa94c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81d4584fc4664922" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re153cf4eccf54514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a418858dc724401" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...119 lines deleted...]
-          <x:t>3,968</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,797</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>4,774</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,891</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>5,074</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>