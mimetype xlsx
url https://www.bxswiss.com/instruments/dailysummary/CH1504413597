--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aea0672c4f649c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racd436c3f4584b49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a418858dc724401"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa2449e8c48e45a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re153cf4eccf54514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a418858dc724401" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65bcfaa703f940d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa2449e8c48e45a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>4,565</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,243</x:t>
-[...286 lines deleted...]
-          <x:t>4,410</x:t>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,134</x:t>
-[...328 lines deleted...]
-          <x:t>4,799</x:t>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>