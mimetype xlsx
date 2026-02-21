--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra593a6b9802e4a84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a79d2be9a0c44e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0424451d82604052"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9094146da54349be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0c68fc1c0814d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0424451d82604052" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc85767e0e564b51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9094146da54349be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>0,344</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,316</x:t>
-[...193 lines deleted...]
-          <x:t>1,016</x:t>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>