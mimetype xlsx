--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23a30fa607494a08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra133ebb536744343" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4251be460d484560"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R632cac2fc6e2473a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9ff05aec33344b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4251be460d484560" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re547a9a52ece4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R632cac2fc6e2473a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...205 lines deleted...]
-          <x:t>3,342</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,407</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>09.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,904</x:t>
-[...9 lines deleted...]
-          <x:t>3,882</x:t>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>