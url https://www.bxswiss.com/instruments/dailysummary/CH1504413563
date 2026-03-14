--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra133ebb536744343" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R238a388b07d744ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R632cac2fc6e2473a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3289d4ca66c40d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re547a9a52ece4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R632cac2fc6e2473a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c124abbaae54d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3289d4ca66c40d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,337</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...374 lines deleted...]
-          <x:t>3,339</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,193</x:t>
-[...43 lines deleted...]
-          <x:t>3,253</x:t>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,171</x:t>
-[...139 lines deleted...]
-          <x:t>3,627</x:t>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>