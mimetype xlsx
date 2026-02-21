--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272a7210e5be4389" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71ecdafb2d2647ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d45fc3e528c4368"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5be97f32bd75415a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5be3005c47e44d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d45fc3e528c4368" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd01584f09cd47c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5be97f32bd75415a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>6,391</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>