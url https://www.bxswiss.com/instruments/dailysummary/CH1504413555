--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71ecdafb2d2647ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf08671b83574f34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5be97f32bd75415a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311a889e3ee34462"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd01584f09cd47c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5be97f32bd75415a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dad3375e55349e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311a889e3ee34462" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,741</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>5,076</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,076</x:t>
-[...382 lines deleted...]
-          <x:t>6,079</x:t>
+          <x:t>5,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>