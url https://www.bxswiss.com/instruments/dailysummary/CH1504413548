--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92918a4708c43f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cc163e1bd404195" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a5b1de147474b58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc93cd79723f44e34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R737681ad75a0410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a5b1de147474b58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1732d38506614e1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc93cd79723f44e34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...168 lines deleted...]
-          <x:t>4,565</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,743</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>4,902</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...46 lines deleted...]
-          <x:t>5,311</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>