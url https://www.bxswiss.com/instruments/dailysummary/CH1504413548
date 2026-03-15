--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cc163e1bd404195" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1822a559236d4dfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc93cd79723f44e34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a8034706207487e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1732d38506614e1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc93cd79723f44e34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddd2072f31f84c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a8034706207487e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,727</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>4,359</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,010</x:t>
-[...301 lines deleted...]
-          <x:t>5,033</x:t>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>