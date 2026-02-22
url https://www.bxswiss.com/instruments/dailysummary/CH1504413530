--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29e9c6e8ab03499f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e3df9dc0bff477c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R235201a61dda4924"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re647ef5ed82847e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2dcda7d92ff4830" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R235201a61dda4924" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd09ec96a8fc8413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re647ef5ed82847e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...200 lines deleted...]
-          <x:t>3,619</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,453</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>4,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>