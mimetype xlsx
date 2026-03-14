--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e3df9dc0bff477c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd90424606134b92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re647ef5ed82847e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2709059d3bd44c41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd09ec96a8fc8413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re647ef5ed82847e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e52dcfda4044a3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2709059d3bd44c41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,449</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>3,439</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,355</x:t>
-[...431 lines deleted...]
-          <x:t>3,205</x:t>
+          <x:t>3,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,483</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>3,745</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>