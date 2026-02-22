--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd65c27707c6147a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4fa6f6091e643e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61ff88bfb4d04262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3edfd32888d84a39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c516f678e244a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61ff88bfb4d04262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff995337e976459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3edfd32888d84a39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>3,025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,976</x:t>
-[...188 lines deleted...]
-          <x:t>4,122</x:t>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>