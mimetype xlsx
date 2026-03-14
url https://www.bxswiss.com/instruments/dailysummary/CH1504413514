--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4fa6f6091e643e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfe9d334e3b5424b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3edfd32888d84a39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc137859025154b57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff995337e976459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3edfd32888d84a39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98f7e8290f704ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc137859025154b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>2,925</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...188 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,901</x:t>
-[...171 lines deleted...]
-          <x:t>3,865</x:t>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>