--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045141fa81214839" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7046b4f1fd614e0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc90367bf031a43ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf14ca98139642a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0939dfacf2044799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc90367bf031a43ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4d21665d754833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf14ca98139642a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,574</x:t>
-[...414 lines deleted...]
-          <x:t>6,313</x:t>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>