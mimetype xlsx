--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32f802a58af04cc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebf18380c94948a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a867c0bb7f44ed5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739f9c5c178a4945"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra93128234db84aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a867c0bb7f44ed5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05f98547b464406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739f9c5c178a4945" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>4,443</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,316</x:t>
-[...215 lines deleted...]
-          <x:t>5,557</x:t>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>