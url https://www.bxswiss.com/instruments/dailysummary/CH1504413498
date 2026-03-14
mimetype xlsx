--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebf18380c94948a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a42b0400bc4cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739f9c5c178a4945"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58df8a9f40bd462b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05f98547b464406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739f9c5c178a4945" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf676f2d3678d4705" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58df8a9f40bd462b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,095</x:t>
-[...70 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,805</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>4,955</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,787</x:t>
-[...193 lines deleted...]
-          <x:t>5,273</x:t>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>