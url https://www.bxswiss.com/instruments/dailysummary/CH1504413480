--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26d624c5fa81473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ecfa172bf6a45f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0d498832b7e4e6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4dc5838d8804b65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf898527128f4b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0d498832b7e4e6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7e6ff87703f4e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4dc5838d8804b65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,161</x:t>
-[...80 lines deleted...]
-          <x:t>3,852</x:t>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,752</x:t>
-[...60 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,271</x:t>
-[...9 lines deleted...]
-          <x:t>4,246</x:t>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>