--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ecfa172bf6a45f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6492bb0186a4b69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4dc5838d8804b65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7095888c02c0406d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7e6ff87703f4e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4dc5838d8804b65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3881b1a9bfd04915" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7095888c02c0406d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>3,599</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,326</x:t>
-[...328 lines deleted...]
-          <x:t>3,989</x:t>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>