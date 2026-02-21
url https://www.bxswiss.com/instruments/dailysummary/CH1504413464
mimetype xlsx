--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7365761e8b5b4f9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2d6aa3319f04b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58583d34f2394708"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra77c88e74b9748b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f4785fa3b2b4c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58583d34f2394708" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30901cc77d9f403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra77c88e74b9748b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413464</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...173 lines deleted...]
-          <x:t>3,848</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>09.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,397</x:t>
-[...9 lines deleted...]
-          <x:t>4,371</x:t>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>