--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2d6aa3319f04b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66fae4d28a9a4066" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra77c88e74b9748b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82edd8e54e964df1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30901cc77d9f403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra77c88e74b9748b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbccacb6bfd9f4801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82edd8e54e964df1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413464</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,657</x:t>
-[...413 lines deleted...]
-        <x:is>
           <x:t>3,683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,663</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>