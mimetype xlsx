--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d368f2cfa9b4b36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fda18ec4e614364" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92d76cf2037d4b9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49dfe94ac74f4959"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R983541e8a2e64467" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92d76cf2037d4b9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ad8024c77c548ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49dfe94ac74f4959" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...163 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,933</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>5,880</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,264</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>6,879</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>