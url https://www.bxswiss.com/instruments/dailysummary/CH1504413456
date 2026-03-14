--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fda18ec4e614364" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdde09ca6ae5e4f7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49dfe94ac74f4959"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e6fbb6856b44ea1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ad8024c77c548ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49dfe94ac74f4959" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde07d860a2b342f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e6fbb6856b44ea1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>5,903</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>6,151</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,223</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...208 lines deleted...]
-          <x:t>6,551</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>