--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra11c63ed832d496c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7fcf7b2ac0048d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5530ee728b94695"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf27cf7e2c46e4773"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dc4042dc09c4c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5530ee728b94695" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8fb7ab8098a4c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf27cf7e2c46e4773" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...200 lines deleted...]
-          <x:t>5,424</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,290</x:t>
-[...80 lines deleted...]
-          <x:t>5,809</x:t>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>