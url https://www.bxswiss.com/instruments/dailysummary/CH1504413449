--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7fcf7b2ac0048d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra04ac61bb6f34c93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf27cf7e2c46e4773"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22d7d3d41e7b4abb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8fb7ab8098a4c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf27cf7e2c46e4773" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d9179971ed0469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22d7d3d41e7b4abb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,199</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>4,905</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,221</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>5,517</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>