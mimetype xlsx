--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa9eb17e27714283" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55c475493e6a4f3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb15c4a5634041a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a41cbc20b374563"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02635bef1eaa418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb15c4a5634041a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R980ee490cc7f4a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a41cbc20b374563" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>4,498</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>