--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55c475493e6a4f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a0c9ed1ec4a45ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a41cbc20b374563"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30ce17e6ab5a4841"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R980ee490cc7f4a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a41cbc20b374563" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd48f2ba666d4555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30ce17e6ab5a4841" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,928</x:t>
-[...220 lines deleted...]
-          <x:t>3,635</x:t>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,947</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>4,233</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>