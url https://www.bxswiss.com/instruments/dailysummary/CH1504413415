--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R693d6ab9cd344f97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b06aaacf5d24e43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d012df53cdc403e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref035ae8d94e4597"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R827cd50ac14f4434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d012df53cdc403e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a08dfde9b944fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref035ae8d94e4597" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413415</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>4,627</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>