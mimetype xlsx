--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b06aaacf5d24e43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd1e9c95109e47cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref035ae8d94e4597"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd05b244585664f57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a08dfde9b944fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref035ae8d94e4597" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a9cd29008004054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd05b244585664f57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413415</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>4,171</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,955</x:t>
-[...119 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,047</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>06.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,803</x:t>
-[...279 lines deleted...]
-          <x:t>4,359</x:t>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>