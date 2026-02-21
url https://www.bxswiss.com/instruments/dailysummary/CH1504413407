--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72c9421027f4d10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R191b9c20619e4e36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2965e02422824ba1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38f42031a5e44420"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R313b62fdd8594adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2965e02422824ba1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf95c1affcb3b49f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38f42031a5e44420" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...97 lines deleted...]
-          <x:t>5,626</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,728</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>6,521</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,117</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,730</x:t>
-[...90 lines deleted...]
-          <x:t>7,129</x:t>
+          <x:t>6,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>