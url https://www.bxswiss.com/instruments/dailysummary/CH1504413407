--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R191b9c20619e4e36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59270a7dced6409c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38f42031a5e44420"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe4c28e391164d32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf95c1affcb3b49f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38f42031a5e44420" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39db00d91afe40c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe4c28e391164d32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>6,414</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,489</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>6,666</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,485</x:t>
-[...485 lines deleted...]
-          <x:t>6,791</x:t>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>