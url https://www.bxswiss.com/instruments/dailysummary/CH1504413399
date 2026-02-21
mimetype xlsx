--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05fe47a0ea834557" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d1ed2f9324c4964" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14a50883628c4b3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ff7c787c2c4b33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdafd00e79c2f459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14a50883628c4b3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97ec8ffc33574f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ff7c787c2c4b33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...190 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,666</x:t>
-[...80 lines deleted...]
-          <x:t>6,093</x:t>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,823</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>6,065</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>