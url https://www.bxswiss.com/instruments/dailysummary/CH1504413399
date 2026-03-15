--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d1ed2f9324c4964" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab1a0e31c5aa450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ff7c787c2c4b33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fb303389bb84cab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97ec8ffc33574f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ff7c787c2c4b33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree395d6b9123471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fb303389bb84cab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>5,233</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,123</x:t>
-[...178 lines deleted...]
-          <x:t>5,525</x:t>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>5,765</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>