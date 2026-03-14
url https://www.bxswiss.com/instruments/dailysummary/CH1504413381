--- v0 (2026-01-11)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd420d2bc17fd49d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6743e781d9fb4ab6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c33c30714e4b1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re71c47bebd5c4d64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbce94064b47a42c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c33c30714e4b1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5af06fd27a0a4a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re71c47bebd5c4d64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...200 lines deleted...]
-          <x:t>4,347</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,241</x:t>
-[...80 lines deleted...]
-          <x:t>4,758</x:t>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>