--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358bcea51e1d408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re90ccdf9a3d94c0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fa48bc4eafb444b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe1ec753e2f14d4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a6018d6c04d41ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fa48bc4eafb444b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9e9ac42809540c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe1ec753e2f14d4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413373</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...163 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,281</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,260</x:t>
-[...112 lines deleted...]
-          <x:t>2,105</x:t>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>