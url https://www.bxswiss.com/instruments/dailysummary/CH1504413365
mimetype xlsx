--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9845912f9c3c4eb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75aeeda0c7824ee8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea55340aa4b24339"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef47b1afc8f4312"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f2640347de4de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea55340aa4b24339" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1455fb5308714085" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef47b1afc8f4312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>3,751</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,651</x:t>
-[...38 lines deleted...]
-          <x:t>3,687</x:t>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,732</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>4,889</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>