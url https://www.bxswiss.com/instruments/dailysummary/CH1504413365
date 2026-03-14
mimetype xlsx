--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75aeeda0c7824ee8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b90cede31604a3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef47b1afc8f4312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5aed1148aa842ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1455fb5308714085" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef47b1afc8f4312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1973426ca45848d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5aed1148aa842ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>4,175</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,296</x:t>
-[...16 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,141</x:t>
-[...224 lines deleted...]
-        <x:is>
           <x:t>4,293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...208 lines deleted...]
-          <x:t>4,617</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>