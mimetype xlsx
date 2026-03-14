--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2759052e6e54948" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R645eab758c4b4b06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fff0bf43b1b4049"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f918080b5c34d08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raee2e2233c5b4dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fff0bf43b1b4049" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9151a462a5747bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f918080b5c34d08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413357</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,855</x:t>
-[...75 lines deleted...]
-          <x:t>6,652</x:t>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,464</x:t>
-[...463 lines deleted...]
-          <x:t>7,041</x:t>
+          <x:t>6,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>