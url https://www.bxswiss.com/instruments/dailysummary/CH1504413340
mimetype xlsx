--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb8b6f9397d149b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8d14510f53847a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1f58a88c79142cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R163be4ffbc2543ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86361cfccf404a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1f58a88c79142cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd9b4d9ed31f424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R163be4ffbc2543ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413340</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>5,059</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,998</x:t>
-[...60 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,710</x:t>
-[...4 lines deleted...]
-          <x:t>5,349</x:t>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,705</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,739</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>6,326</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>