--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8d14510f53847a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c0836c892cc433e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R163be4ffbc2543ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b36d80cce1440b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd9b4d9ed31f424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R163be4ffbc2543ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05d906b80267421b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b36d80cce1440b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413340</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>4,932</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,932</x:t>
-[...146 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,691</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>6,019</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>