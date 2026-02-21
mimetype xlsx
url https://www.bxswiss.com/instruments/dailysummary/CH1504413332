--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b93a6769d3f4ef1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd77bb0dcda4979" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc302ebe3a7b4916"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a2e84e319624df9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R399d07a548eb4fbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc302ebe3a7b4916" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4af3ac84bede4ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a2e84e319624df9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>3,848</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,665</x:t>
-[...129 lines deleted...]
-          <x:t>4,602</x:t>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,493</x:t>
-[...80 lines deleted...]
-          <x:t>5,023</x:t>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>