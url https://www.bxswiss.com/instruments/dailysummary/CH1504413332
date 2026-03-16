--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd77bb0dcda4979" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R296ed111d06f482e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a2e84e319624df9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda8de10794a7452a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4af3ac84bede4ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a2e84e319624df9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac2e0994b1e44ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda8de10794a7452a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>4,363</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,329</x:t>
-[...458 lines deleted...]
-          <x:t>4,131</x:t>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,447</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4,507</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,807</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>4,747</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>