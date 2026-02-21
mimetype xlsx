--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81d5a63737e8404a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88f1383fc55f4131" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re37b5ce7978b4f4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47bd13d1465c4551"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9032fc2496224a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re37b5ce7978b4f4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5938efef82cc49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47bd13d1465c4551" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,969</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>4,732</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,623</x:t>
-[...80 lines deleted...]
-          <x:t>5,157</x:t>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>