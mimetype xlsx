--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57141d9773cf4642" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61625663c155432c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c10d282c8604ff3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71bf78ab94434687"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f9b9bc4588140b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c10d282c8604ff3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6851b535794bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71bf78ab94434687" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>7,639</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>