--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61625663c155432c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R369a2e3279f042ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71bf78ab94434687"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c562d773d444b35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6851b535794bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71bf78ab94434687" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22f8e0b8af064bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c562d773d444b35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,998</x:t>
-[...85 lines deleted...]
-          <x:t>6,906</x:t>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,979</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>7,291</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>