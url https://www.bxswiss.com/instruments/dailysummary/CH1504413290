--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75cf4be33c864f24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8632280b9195420a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7810e130788941f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a11ea9d8b5e409a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R174e4dda10c8465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7810e130788941f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23568a1119ee413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a11ea9d8b5e409a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>6,591</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>