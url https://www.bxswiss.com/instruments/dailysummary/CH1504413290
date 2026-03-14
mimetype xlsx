--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8632280b9195420a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6adb111d8ac4298" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a11ea9d8b5e409a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b62419f072a4741"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23568a1119ee413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a11ea9d8b5e409a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd096ffd2da294a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b62419f072a4741" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,955</x:t>
-[...129 lines deleted...]
-          <x:t>5,845</x:t>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,516</x:t>
-[...161 lines deleted...]
-          <x:t>5,757</x:t>
+          <x:t>6,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,763</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>6,277</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>