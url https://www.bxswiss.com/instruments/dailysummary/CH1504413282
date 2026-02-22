--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdd8826b19c948b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08fef569030b4004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bcf7691ceff41d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e7305c519754328"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99bac9f9d6a948fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bcf7691ceff41d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9aa0d61ea224efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e7305c519754328" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...200 lines deleted...]
-          <x:t>4,864</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,673</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>5,293</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>