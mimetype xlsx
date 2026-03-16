--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08fef569030b4004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a9f29850cef4ad6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e7305c519754328"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29a66f0a44e54e82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9aa0d61ea224efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e7305c519754328" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re43ad50e90784604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29a66f0a44e54e82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,657</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>4,363</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,703</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>5,013</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>