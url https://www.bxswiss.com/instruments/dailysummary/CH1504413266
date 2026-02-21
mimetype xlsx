--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6b9c83a409448e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90eea5b44e8b4d8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04d48728ea234d12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d9fba86d2c14506"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf7da21d36140c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04d48728ea234d12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b65525ee47c4153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d9fba86d2c14506" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>4,239</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,137</x:t>
-[...215 lines deleted...]
-          <x:t>5,430</x:t>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>