--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90eea5b44e8b4d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd2c73c87154888" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d9fba86d2c14506"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re520d321ff124f37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b65525ee47c4153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d9fba86d2c14506" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6a04aa79d7b48c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re520d321ff124f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>4,749</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,712</x:t>
-[...92 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,645</x:t>
-[...408 lines deleted...]
-        <x:is>
           <x:t>4,811</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>5,151</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>