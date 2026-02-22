--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb468741c72d44c5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9995aeeb756f492d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd73a2b3a9c844c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996d26a883f74d69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9083a77432184fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd73a2b3a9c844c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74028991be0c44d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996d26a883f74d69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...151 lines deleted...]
-          <x:t>6,411</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,742</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>7,929</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,899</x:t>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>