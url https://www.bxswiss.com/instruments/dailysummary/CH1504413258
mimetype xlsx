--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9995aeeb756f492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R920d2177affb463d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996d26a883f74d69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c8bc9aeeb124c87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74028991be0c44d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996d26a883f74d69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c0acc5dfe74a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c8bc9aeeb124c87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>6,999</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,606</x:t>
-[...340 lines deleted...]
-          <x:t>6,991</x:t>
+          <x:t>7,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,853</x:t>
-[...247 lines deleted...]
-          <x:t>7,543</x:t>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>