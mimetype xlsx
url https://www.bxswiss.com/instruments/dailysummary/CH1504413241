--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e6f587473234a54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32d8cc6a7804643" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f81d50e7ecd4261"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5576fae953b64dbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaa8636d61de4cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f81d50e7ecd4261" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4b7d22931844f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5576fae953b64dbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>6,859</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>