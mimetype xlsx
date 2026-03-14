--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32d8cc6a7804643" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90897106ed3e4207" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5576fae953b64dbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13cc61933a0d4dd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4b7d22931844f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5576fae953b64dbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68817cc9590d4881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13cc61933a0d4dd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,203</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>6,539</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>