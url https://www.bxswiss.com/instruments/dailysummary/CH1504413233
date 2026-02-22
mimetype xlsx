--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02110157b4064aa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1fbbdabeced4dd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed1e153d3ed4463"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R773db42cbdfd4c56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9036af83129344c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed1e153d3ed4463" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbfc408880104cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R773db42cbdfd4c56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>5,568</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>