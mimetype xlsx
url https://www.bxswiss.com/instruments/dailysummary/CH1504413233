--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1fbbdabeced4dd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fe13a6b9ada4679" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R773db42cbdfd4c56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86b8822c283d48d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbfc408880104cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R773db42cbdfd4c56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d437dafd4ab4270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86b8822c283d48d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>5,030</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,942</x:t>
-[...334 lines deleted...]
-        <x:is>
           <x:t>4,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,067</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>4,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,029</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>