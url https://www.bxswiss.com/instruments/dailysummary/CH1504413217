--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc909fad5148e46a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c454ba7ef45483b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc06b60114cf842d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R274e03867d394fd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d7efa35a0494de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc06b60114cf842d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8686ea62cbb74c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R274e03867d394fd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413217</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>4,772</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,117</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>5,708</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>