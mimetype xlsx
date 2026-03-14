--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c454ba7ef45483b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf460887f8a4642d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R274e03867d394fd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3db10b1924204474"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8686ea62cbb74c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R274e03867d394fd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67758d4395e24790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3db10b1924204474" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413217</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>4,942</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...423 lines deleted...]
-          <x:t>4,841</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,995</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>5,421</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>