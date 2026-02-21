--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69cb05e466694aaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1214ba0dd8748be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97d8a87686b04604"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R287d3c8ffc7b4d6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9923620822ee4964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97d8a87686b04604" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f60e98ade1f41d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R287d3c8ffc7b4d6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...173 lines deleted...]
-          <x:t>7,529</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,521</x:t>
-[...107 lines deleted...]
-          <x:t>8,163</x:t>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>