--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1214ba0dd8748be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd05cc3c8713845ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R287d3c8ffc7b4d6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra53424eb27a14725"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f60e98ade1f41d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R287d3c8ffc7b4d6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cfd9fd7958249ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra53424eb27a14725" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,493</x:t>
-[...134 lines deleted...]
-          <x:t>7,671</x:t>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,476</x:t>
-[...156 lines deleted...]
-          <x:t>7,011</x:t>
+          <x:t>6,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...316 lines deleted...]
-          <x:t>7,801</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>