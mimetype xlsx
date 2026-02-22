--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f26aa3ce364c8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43b8e4731a624803" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cd7e82b2de7412b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fdf2975657f42e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra323749f48f9453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cd7e82b2de7412b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1415b0133f94683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fdf2975657f42e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413191</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...244 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>7,131</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>