--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43b8e4731a624803" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3437633178f7488a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fdf2975657f42e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcc6a2cc1f52498c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1415b0133f94683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fdf2975657f42e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec83d7f8a2a94d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcc6a2cc1f52498c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413191</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,465</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>6,803</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>