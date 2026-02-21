--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11a33cf3cfb24d44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d2a9e574934ffa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4df1e97c7a56468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6acbe7dac6848f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fee78d566f34f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4df1e97c7a56468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3875a94f93a6451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6acbe7dac6848f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413183</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>5,848</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>