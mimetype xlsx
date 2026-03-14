--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d2a9e574934ffa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e0835bd90a4c9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6acbe7dac6848f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c44762181da4073"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3875a94f93a6451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6acbe7dac6848f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e8bd074aa184f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c44762181da4073" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413183</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>5,076</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,209</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>5,109</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...532 lines deleted...]
-          <x:t>5,563</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>