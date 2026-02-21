--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952122ff6b9e4e41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a2660f3148c4577" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2f8c240c2e04aa8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10ae17ac51c9414e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02440cb3736242d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2f8c240c2e04aa8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eba3e08d4bb4cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10ae17ac51c9414e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413167</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...151 lines deleted...]
-          <x:t>4,632</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,918</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>5,991</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>