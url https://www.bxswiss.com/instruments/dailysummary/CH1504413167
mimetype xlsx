--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a2660f3148c4577" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R858a65c8f245400e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10ae17ac51c9414e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56b41488fdc94f47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eba3e08d4bb4cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10ae17ac51c9414e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a44d68c045b47fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56b41488fdc94f47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413167</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,371</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,391</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>28.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,343</x:t>
-[...134 lines deleted...]
-          <x:t>5,272</x:t>
+          <x:t>4,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,903</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>5,699</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>