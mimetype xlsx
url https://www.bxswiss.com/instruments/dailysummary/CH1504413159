--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69df9a4a024f4fa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f81254c66fa404b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe160423fb2948ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f25dc1d5166498b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raedaa4d09ab3429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe160423fb2948ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red60d41829974400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f25dc1d5166498b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...119 lines deleted...]
-          <x:t>7,041</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,985</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>7,817</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,697</x:t>
-[...85 lines deleted...]
-          <x:t>8,430</x:t>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>