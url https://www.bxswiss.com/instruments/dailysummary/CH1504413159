--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f81254c66fa404b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb435bf6bb1840e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f25dc1d5166498b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf45da270086b4214"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red60d41829974400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f25dc1d5166498b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b6de9ae158e4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf45da270086b4214" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>7,605</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,829</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...496 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>