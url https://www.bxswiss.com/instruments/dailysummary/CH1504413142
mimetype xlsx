--- v0 (2026-02-22)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d1e399c19d459a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R657fd87f9b5f4e97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f304b0985644ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d3c3fbbbc364823"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5c5a0282c904519" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f304b0985644ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb72b12cc76f0474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d3c3fbbbc364823" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413142</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,556</x:t>
-[...183 lines deleted...]
-          <x:t>5,879</x:t>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,864</x:t>
-[...409 lines deleted...]
-          <x:t>7,077</x:t>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>