--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4591c34f1a3443a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27644a50146b4ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R747a4193d43c4fc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf96524bc59d34070"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf86668ca4fe64fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R747a4193d43c4fc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R246c49e84e2c4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf96524bc59d34070" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>5,174</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,527</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>5,682</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,569</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>6,133</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>