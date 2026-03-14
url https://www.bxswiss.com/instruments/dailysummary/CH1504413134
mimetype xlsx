--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27644a50146b4ef4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c122a909fd4985" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf96524bc59d34070"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0295884d1b5f4939"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R246c49e84e2c4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf96524bc59d34070" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R449afd0aedb84f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0295884d1b5f4939" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>5,391</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,202</x:t>
-[...227 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,613</x:t>
-[...224 lines deleted...]
-        <x:is>
           <x:t>5,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>